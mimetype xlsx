--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7bafe226bfd4018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1b6ece3d4c47dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f09ed468e845eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc3f2a29a604a3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12531590b4d94acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f09ed468e845eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37c26a2b52084557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc3f2a29a604a3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,960</x:t>
-[...441 lines deleted...]
-          <x:t>142,978</x:t>
+          <x:t>140,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>