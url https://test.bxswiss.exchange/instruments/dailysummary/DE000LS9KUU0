--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1b6ece3d4c47dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8968aa4b2af74dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc3f2a29a604a3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54d4eafc9ddd487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37c26a2b52084557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc3f2a29a604a3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22079de4e8824e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54d4eafc9ddd487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>151,416</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,074</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>152,474</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>