--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccf21daa2654aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb562a4ccf24bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a0b9a9eae444d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c29dd3096544c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1a305976db438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a0b9a9eae444d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb2c2099593542f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c29dd3096544c79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>109,953</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>