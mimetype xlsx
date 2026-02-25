--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb562a4ccf24bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8090439ffab4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c29dd3096544c79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b15fd6a472c4868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb2c2099593542f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c29dd3096544c79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424782f1776447a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b15fd6a472c4868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>110,265</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>110,562</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>