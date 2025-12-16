--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d217e566d4486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439a7ab2c521496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36c7d79377e488a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6407766dbf864985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52192768210c47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36c7d79377e488a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4684a106dd4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6407766dbf864985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mein Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>151,387</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,606</x:t>
-[...409 lines deleted...]
-          <x:t>148,655</x:t>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>