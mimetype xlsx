--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439a7ab2c521496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291b3780ee3b47c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6407766dbf864985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e7295173ddc41e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4684a106dd4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6407766dbf864985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8c361768524296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e7295173ddc41e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mein Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>153,898</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,705</x:t>
-[...269 lines deleted...]
-          <x:t>152,275</x:t>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>