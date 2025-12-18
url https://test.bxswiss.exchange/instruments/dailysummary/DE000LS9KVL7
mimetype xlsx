--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1101239b41b4a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae49a5f1b48d497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3b88c7f20414a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda07f0bdacc04ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab1216e901c4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3b88c7f20414a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad4aa7f35964053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda07f0bdacc04ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,352</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>