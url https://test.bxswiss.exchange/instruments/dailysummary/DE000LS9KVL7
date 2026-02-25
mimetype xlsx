--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae49a5f1b48d497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b09801edec24670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda07f0bdacc04ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ad4ba228844661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad4aa7f35964053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda07f0bdacc04ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21131132d6ec4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ad4ba228844661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>