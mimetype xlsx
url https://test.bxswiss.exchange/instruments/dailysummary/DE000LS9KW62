--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bf392fdacb4d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb2b5bf43cb4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac030b2a5c814a7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eea0ff3e7b54ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3aea7869324800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac030b2a5c814a7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re402b136005e43b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eea0ff3e7b54ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>88,992</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>