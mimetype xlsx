--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb2b5bf43cb4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd83bf452ac4934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eea0ff3e7b54ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39466ba7c5274de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re402b136005e43b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eea0ff3e7b54ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203ec447fc814601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39466ba7c5274de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>93,003</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,988</x:t>
-[...301 lines deleted...]
-          <x:t>94,175</x:t>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>