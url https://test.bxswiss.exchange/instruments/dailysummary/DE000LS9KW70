--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc37b90e9b664797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807d1fc9600e4ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff47322964f5441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab356a5c6b674a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587892eb4b814cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff47322964f5441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dd4ccdf40c4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab356a5c6b674a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>113,501</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>