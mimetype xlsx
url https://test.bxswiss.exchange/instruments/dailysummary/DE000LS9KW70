--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807d1fc9600e4ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c8f4e23fb34676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab356a5c6b674a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c5fe484a7e844ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dd4ccdf40c4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab356a5c6b674a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f08795bb7b408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c5fe484a7e844ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>115,633</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>