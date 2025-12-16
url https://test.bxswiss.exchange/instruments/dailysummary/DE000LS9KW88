--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a164be03d2401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b1369b421e4883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c34efe62a94b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf109946776794055"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5201237581374623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c34efe62a94b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57a6b73f9e846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf109946776794055" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>90,346</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,231</x:t>
-[...119 lines deleted...]
-          <x:t>90,127</x:t>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,053</x:t>
-[...247 lines deleted...]
-          <x:t>90,311</x:t>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>