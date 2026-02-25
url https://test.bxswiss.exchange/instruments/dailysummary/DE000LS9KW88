--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b1369b421e4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74c88922ec04a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf109946776794055"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d615e9e14a64bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57a6b73f9e846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf109946776794055" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171b8386e7014ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d615e9e14a64bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>89,378</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>89,883</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>90,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>