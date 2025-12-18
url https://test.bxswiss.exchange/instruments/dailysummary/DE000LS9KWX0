--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fdf1bdffba4d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ab230d5c1c4b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4419237d98c4f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b99e28a8dc4482"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cded234c3148e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4419237d98c4f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515877929f644a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b99e28a8dc4482" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,059</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>116,533</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,274</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>116,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>116,426</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>