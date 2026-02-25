--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ab230d5c1c4b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R450e9be8989b4339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b99e28a8dc4482"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2be1141b3b4020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515877929f644a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b99e28a8dc4482" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race8fb2d3e784a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2be1141b3b4020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>