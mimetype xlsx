--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af866befe704834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f9b5477d864dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fb08fe7e73d4648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R388330e7318d4dd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371d2662be1e4afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fb08fe7e73d4648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3df3b80c80479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R388330e7318d4dd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>401,344</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>