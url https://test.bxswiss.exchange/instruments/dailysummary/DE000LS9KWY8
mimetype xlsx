--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f9b5477d864dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b44265c2ba846d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R388330e7318d4dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72de91fc02864a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3df3b80c80479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R388330e7318d4dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fd102aa34f444b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72de91fc02864a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>