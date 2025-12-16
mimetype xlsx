--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57da0b4507b4f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b5974f6fb447fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f959d54dfa84bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1353e71264544b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b05210b9c04454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f959d54dfa84bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fbf6d6317043d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1353e71264544b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>139,140</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>141,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>