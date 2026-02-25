--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b5974f6fb447fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bac62132fc042be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1353e71264544b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424cc56a72544ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fbf6d6317043d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1353e71264544b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5def903f3c48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424cc56a72544ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>