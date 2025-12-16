--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1e3fd982044864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244d19e4a37940a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3fd968ce4f41b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra801f34e85fd4573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R989c08780a6e41a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3fd968ce4f41b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7d9a36692a449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra801f34e85fd4573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>194,045</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>