--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244d19e4a37940a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra00f6a81b8c84de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra801f34e85fd4573"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf756735943b8432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7d9a36692a449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra801f34e85fd4573" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8be991c4af241a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf756735943b8432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>