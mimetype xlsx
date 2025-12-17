--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f5f4af6cf941bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a61b74c6914e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35191d388f344494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0857c008d2964484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4496c9846574f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35191d388f344494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed0c2dc85824a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0857c008d2964484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerteweltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,591</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>