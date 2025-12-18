--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4887694dbcd14d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96fef59e9d04a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fad621a75dc4aeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46594eba557a402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84304f2aa5754bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fad621a75dc4aeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984b7d09fac2430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46594eba557a402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Proven Strategies Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,123</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>159,091</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,398</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>159,821</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>