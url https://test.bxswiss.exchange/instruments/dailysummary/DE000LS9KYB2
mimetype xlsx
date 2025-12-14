--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc46d508e25e04d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ed95bbc6b34c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095933756e29443b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R527cf147049044ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89736bdeec5a455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095933756e29443b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb204321c8304d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R527cf147049044ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Druschinger ESTX50 Flops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,122</x:t>
-[...156 lines deleted...]
-          <x:t>89,803</x:t>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,745</x:t>
-[...85 lines deleted...]
-          <x:t>90,546</x:t>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>