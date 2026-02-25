--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6008bd65f840465c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2ec18bf8d148d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcccb77b397424452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551e1d85a7814cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dd35c6ac524093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcccb77b397424452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f9a13703184651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551e1d85a7814cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest Euro 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,532</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>