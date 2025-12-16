--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf38dc7656b4075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4d5090f6164c55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e1b5c8e373a4837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R466706b319d74c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9522f703350a419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e1b5c8e373a4837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260b357ef7c94173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R466706b319d74c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>118,617</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>