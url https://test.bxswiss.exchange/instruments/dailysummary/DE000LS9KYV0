--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4d5090f6164c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b996844d194f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R466706b319d74c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re089523f403a4261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260b357ef7c94173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R466706b319d74c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf14dcc9c1b423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re089523f403a4261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,312</x:t>
-[...225 lines deleted...]
-          <x:t>123,645</x:t>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>