--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4be5973136b4c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e20161a68ca4f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbff675d6dd4d8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a0299d833749c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2a5d7473d9462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbff675d6dd4d8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011991b478504043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a0299d833749c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,486</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>