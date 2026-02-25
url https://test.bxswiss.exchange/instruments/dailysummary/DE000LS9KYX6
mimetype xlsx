--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e20161a68ca4f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb76d7a41b84a4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a0299d833749c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e7241fe1d144e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011991b478504043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a0299d833749c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc1bd7748f24ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e7241fe1d144e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,439</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>117,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>