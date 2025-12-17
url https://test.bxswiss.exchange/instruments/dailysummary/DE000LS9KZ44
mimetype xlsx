--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996b1b96c0474326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a38fdaca1594e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038b94202abd48a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc93c11ab9840452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74170bb53a28407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038b94202abd48a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23cabd62461b4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc93c11ab9840452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT Werteverlierer Donnerstag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,685</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>