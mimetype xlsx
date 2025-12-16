--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72803b2ffd604462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01704a30b6f8403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9098723089214ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8868299e674f4d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbba77c5c36410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9098723089214ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63d1eeda7b0c460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8868299e674f4d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,631</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>