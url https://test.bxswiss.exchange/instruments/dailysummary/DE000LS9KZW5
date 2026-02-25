--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01704a30b6f8403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra89e5bcdd7a54916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8868299e674f4d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf2e227252543e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63d1eeda7b0c460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8868299e674f4d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e2cdcf55e84734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf2e227252543e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>