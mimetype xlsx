--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R120561a3de244c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1bbb9be65f4a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce3c1c33adfb4d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7838f6884ac84a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2def0ce8492e4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce3c1c33adfb4d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65edc2adf98b488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7838f6884ac84a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,459</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>