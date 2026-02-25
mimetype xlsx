--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1bbb9be65f4a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed1ca40fa264153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7838f6884ac84a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77a1a1620a254a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65edc2adf98b488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7838f6884ac84a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4351a5c7532d4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77a1a1620a254a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,184</x:t>
-[...124 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,836</x:t>
-[...198 lines deleted...]
-          <x:t>138,703</x:t>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>