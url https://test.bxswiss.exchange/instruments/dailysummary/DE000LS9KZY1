--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf8670da049547a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18da8b4f819c4a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf378effe027495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582aaabed0244543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0ce7178c0a40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf378effe027495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d7191ab691b41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582aaabed0244543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>350,241</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>