--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18da8b4f819c4a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85b18f3621e484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582aaabed0244543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d6cb3b2f164d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d7191ab691b41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582aaabed0244543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f58c8c91d3d4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d6cb3b2f164d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>344,679</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>