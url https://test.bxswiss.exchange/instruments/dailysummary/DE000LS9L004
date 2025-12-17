--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda0d5d3f8244eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46f1d0bc7f24126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6622d3af35fa48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9b7f57e3044e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd034b65e2f504df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6622d3af35fa48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcdfde80ebc4e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9b7f57e3044e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,089</x:t>
-[...26 lines deleted...]
-          <x:t>64,098</x:t>
+          <x:t>63,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>64,118</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>