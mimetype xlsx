--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46f1d0bc7f24126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0530f0a09f0e4c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9b7f57e3044e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19f82c7905441ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcdfde80ebc4e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9b7f57e3044e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35317c57cd464feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19f82c7905441ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>63,644</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,542</x:t>
-[...21 lines deleted...]
-          <x:t>63,448</x:t>
+          <x:t>63,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,661</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>63,899</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,808</x:t>
-[...296 lines deleted...]
-          <x:t>63,930</x:t>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>