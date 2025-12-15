--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148d661cfa08466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a51c73642f4234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c564687d3d4abb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a8a94116434c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28cdfb7750714734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c564687d3d4abb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a2ca3e96a4436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a8a94116434c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>252,353</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>