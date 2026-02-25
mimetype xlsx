--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a51c73642f4234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d06251913e4843" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a8a94116434c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98aa32cf561048d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a2ca3e96a4436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a8a94116434c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0020613ac0c8444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98aa32cf561048d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>243,753</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>