--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a955846b9d4fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re728641ddfe5474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re411722553554752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8360a3f68c4c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe75dedc2974fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re411722553554752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b5a4171a504e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8360a3f68c4c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>121,811</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>