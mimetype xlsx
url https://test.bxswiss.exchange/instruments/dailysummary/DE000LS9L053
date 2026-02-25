--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re728641ddfe5474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cab70fde39f44d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8360a3f68c4c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61689c782ac840b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b5a4171a504e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8360a3f68c4c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69e639f765534ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61689c782ac840b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>132,010</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,798</x:t>
-[...458 lines deleted...]
-          <x:t>132,655</x:t>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>