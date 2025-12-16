--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5eb49a43eb4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56badbaf9ba44244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47cf019668234b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61f7103ee2d4c8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd385eb5d1ae848af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47cf019668234b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89f09f4f39043bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61f7103ee2d4c8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,560</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>