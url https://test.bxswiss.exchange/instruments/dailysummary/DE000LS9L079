--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56badbaf9ba44244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a82d2000c054249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61f7103ee2d4c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea49a97f31874f01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89f09f4f39043bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61f7103ee2d4c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b300a94b8c4901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea49a97f31874f01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>122,147</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,069</x:t>
-[...188 lines deleted...]
-          <x:t>122,104</x:t>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>