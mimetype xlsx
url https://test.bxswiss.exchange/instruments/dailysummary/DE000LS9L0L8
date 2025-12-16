--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b70fcfc1e04f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24649648f8a4e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758611b4dd2548d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd01153d5a6a4be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ae306a65f54aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758611b4dd2548d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b05e427b9d4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd01153d5a6a4be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte by PatrickS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>179,846</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>