--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24649648f8a4e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5227b0ec3c45f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd01153d5a6a4be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1defe1887f5c47a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b05e427b9d4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd01153d5a6a4be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d7301950e145b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1defe1887f5c47a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte by PatrickS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>168,380</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,191</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>168,188</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...478 lines deleted...]
-          <x:t>170,965</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>