--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4adc3ee745c4b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c9e8a50ecc4d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41afec6bd88452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede6346840904254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09a50849f6ed45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41afec6bd88452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d24b8484c27479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede6346840904254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>375,878</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>