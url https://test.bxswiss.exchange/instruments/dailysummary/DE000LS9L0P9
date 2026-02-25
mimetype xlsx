--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c9e8a50ecc4d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d5a136f2eb43cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede6346840904254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1525c235184c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d24b8484c27479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede6346840904254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7662f8b584164c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1525c235184c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>