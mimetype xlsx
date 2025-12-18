--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e0541ff4b147b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fb560ecd824061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06f434746f540d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b22bb83466491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503b307a061d48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06f434746f540d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494c595fb3f04732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b22bb83466491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>142,643</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>