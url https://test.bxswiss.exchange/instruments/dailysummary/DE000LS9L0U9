--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fb560ecd824061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29917807d474ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b22bb83466491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra586a520a36241ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494c595fb3f04732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b22bb83466491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c03c19f7f44317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra586a520a36241ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>