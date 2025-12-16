--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra323a750354848ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7f5d0fdd484c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8131de83524f4aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb40f01dbcc94538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6646046bb8684775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8131de83524f4aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100b2dc512dc4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb40f01dbcc94538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs geringes Marktkapital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>139,491</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>