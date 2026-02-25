--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7f5d0fdd484c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb2d025ed614632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb40f01dbcc94538"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa134c561e24108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100b2dc512dc4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb40f01dbcc94538" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a98f1749504739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa134c561e24108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs geringes Marktkapital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>