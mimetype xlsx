--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ad2318d024495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c0ed14a1ec4033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c2af13118b4278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ac6728db7e474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4965560e5d0144ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c2af13118b4278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d11e5a98e14a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ac6728db7e474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,366 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>127,403</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>