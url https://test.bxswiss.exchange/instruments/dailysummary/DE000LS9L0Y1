--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c0ed14a1ec4033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c32131083c1433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ac6728db7e474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20da7db3d6a241a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d11e5a98e14a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ac6728db7e474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d6f8dd976e43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20da7db3d6a241a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>