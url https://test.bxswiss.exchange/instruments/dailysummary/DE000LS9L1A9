--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd39a8302b5d42d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcfcffda2044fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02de040973d2470f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df14cafb5844ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70538773bc7e42bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02de040973d2470f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f24df91d1af466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df14cafb5844ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,587</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>