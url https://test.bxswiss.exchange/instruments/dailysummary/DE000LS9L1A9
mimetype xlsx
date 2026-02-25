--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcfcffda2044fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce372876de04b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df14cafb5844ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961a99f8c7c34b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f24df91d1af466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df14cafb5844ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b8f623a5cd447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961a99f8c7c34b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>135,193</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>135,987</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>