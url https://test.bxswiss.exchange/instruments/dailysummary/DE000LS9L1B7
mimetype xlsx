--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21978886d17b4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21df95ca81a4a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd056210b5364b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b5006c6c204e8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b9f1d8c7fbf4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd056210b5364b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf398405be34997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b5006c6c204e8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren statt Traden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1B7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>119,685</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>123,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>