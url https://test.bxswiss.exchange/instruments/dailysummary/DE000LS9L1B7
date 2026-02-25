--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21df95ca81a4a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb02e28b3b5de49ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b5006c6c204e8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R834a963d19e7447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf398405be34997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b5006c6c204e8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67ae39983c64746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R834a963d19e7447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren statt Traden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1B7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>116,326</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,198</x:t>
-[...355 lines deleted...]
-          <x:t>115,987</x:t>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>