--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06fe8e56a154e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee51421be68495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6e308d6f1b457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a1b140dee1a4d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf4c18afc46e413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6e308d6f1b457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7392be2f9e894901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a1b140dee1a4d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueschoepfer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1D3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,421</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>93,482</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,581</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,791</x:t>
-[...151 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,865</x:t>
-[...63 lines deleted...]
-          <x:t>93,832</x:t>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>