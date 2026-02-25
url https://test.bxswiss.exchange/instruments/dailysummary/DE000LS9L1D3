--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee51421be68495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d5f022f60e41f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a1b140dee1a4d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570fc98dbab24248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7392be2f9e894901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a1b140dee1a4d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re302edeea785470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570fc98dbab24248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueschoepfer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1D3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>93,138</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,989</x:t>
-[...458 lines deleted...]
-          <x:t>93,593</x:t>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>