--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78756197db14116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9d19ea2b2a4856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0b57a483e944710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9912f10c1bcb47f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fe5e71472045e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0b57a483e944710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032a7c9d4e1e4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9912f10c1bcb47f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SInvestments Wachstum Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,028</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>