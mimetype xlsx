--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e4e234e802481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd730730fb04a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d912a0909c492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c5597c1d464831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8703fe9f87754285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d912a0909c492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4713c2910640cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c5597c1d464831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cyber Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1N2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,741</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>