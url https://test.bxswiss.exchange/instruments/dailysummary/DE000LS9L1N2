--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd730730fb04a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7788576e2db941f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c5597c1d464831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6418ddf33e4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4713c2910640cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c5597c1d464831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf477e961ba46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6418ddf33e4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cyber Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1N2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>