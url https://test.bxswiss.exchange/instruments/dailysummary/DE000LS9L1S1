--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21353962f2a947f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50feee363fa64bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R750961c4ff84453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd008dba7ad7b4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a7325a21fa47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R750961c4ff84453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35b2fdcb3cb94370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd008dba7ad7b4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dt. Aktien-Momentum-Protect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1S1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.475,692</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>