--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc384d27583874c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbb262553934dd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad724f74a418443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06975f1138aa426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb9ae59f9784efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad724f74a418443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3c219d00444298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06975f1138aa426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.141,788</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>