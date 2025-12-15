--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d0f3008ce84195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d1338a61fa451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c516978dab4761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a78d246093d48a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3b327e6cdf45df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c516978dab4761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f746293cb8b4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a78d246093d48a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>145,031</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>