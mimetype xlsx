--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d1338a61fa451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8059a28dff4f4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a78d246093d48a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27b780e54424887"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f746293cb8b4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a78d246093d48a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8013cfebae674c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27b780e54424887" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>140,051</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,109</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>139,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,896</x:t>
-[...193 lines deleted...]
-          <x:t>137,856</x:t>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>