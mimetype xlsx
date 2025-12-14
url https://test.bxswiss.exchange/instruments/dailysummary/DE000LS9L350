--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4b3a41913d48cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf542f607091a4113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1df8bd7b3cd4cb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52ff64f241c47a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb37af8c163804610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1df8bd7b3cd4cb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ded8e74475b4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52ff64f241c47a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>190,973</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>