--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ceed508ed44595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfa1363a4c34e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13be640d38e405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R170c5b9d803644ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19301625cfdf4a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13be640d38e405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc87d64673984a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R170c5b9d803644ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...630 lines deleted...]
-          <x:t>203,929</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,559</x:t>
+          <x:t>199,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>