--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfa1363a4c34e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf237697d44784e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R170c5b9d803644ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1648b1f6d3d14d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc87d64673984a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R170c5b9d803644ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeec51a6688a4519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1648b1f6d3d14d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>204,951</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>203,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>