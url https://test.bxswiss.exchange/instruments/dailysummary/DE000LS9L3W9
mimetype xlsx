--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb46491b1c5e4239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc9fb882e554f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a76a94f87842e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ac1f19d3a048f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe82bdff137d4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a76a94f87842e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73161d0e999841ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ac1f19d3a048f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>265,325</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>