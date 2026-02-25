--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc9fb882e554f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62a428d38e94b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ac1f19d3a048f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d64716a7054ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73161d0e999841ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ac1f19d3a048f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09be0d9c5a04880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d64716a7054ee6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>