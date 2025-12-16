--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fddbc95560449be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fde5efdca34e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573e744d4f3c4786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17532cec1ddf4f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d853a5d582f4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573e744d4f3c4786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f81442db1084783" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17532cec1ddf4f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champion of the year</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>109,536</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>