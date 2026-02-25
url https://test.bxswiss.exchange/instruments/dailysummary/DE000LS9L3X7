--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fde5efdca34e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3a2afb305644b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17532cec1ddf4f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413da0f5d3194e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f81442db1084783" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17532cec1ddf4f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b68b30bb114b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413da0f5d3194e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champion of the year</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>