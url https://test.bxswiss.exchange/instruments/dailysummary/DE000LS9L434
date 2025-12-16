--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd00a57e7ca426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c573c456a0e4fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9328bda32cf5450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d96cc9a461422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3657b6e38254866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9328bda32cf5450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf105ebb5411f4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d96cc9a461422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategiePremium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,186</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>