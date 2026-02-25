--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c573c456a0e4fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ae799c2e7b84507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d96cc9a461422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e9d66e90974164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf105ebb5411f4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d96cc9a461422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7538958293404855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e9d66e90974164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategiePremium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>