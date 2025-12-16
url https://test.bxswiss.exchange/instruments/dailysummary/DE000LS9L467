--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215d8fd6e7814e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b95340e11d24662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1427a37f98104e34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff481168ef04edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88c5257be47415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1427a37f98104e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e3cb6046ec41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff481168ef04edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Indexwerte Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>352,514</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>