--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b95340e11d24662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb744c5344724844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff481168ef04edc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305be609582a4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e3cb6046ec41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff481168ef04edc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5329e0e4affe4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305be609582a4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Indexwerte Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>329,233</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,468</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>333,826</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>