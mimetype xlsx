--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c0808622a14e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3589429395a64230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re829db2dc53c4543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8c4726bf744699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f17324198649a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re829db2dc53c4543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774aa3816fac4fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8c4726bf744699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rubine des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,804</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>