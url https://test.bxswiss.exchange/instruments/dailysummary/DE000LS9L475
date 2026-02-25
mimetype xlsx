--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3589429395a64230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3266e70010e34206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8c4726bf744699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0aca6794f1948d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774aa3816fac4fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8c4726bf744699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9fb624efcaa4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0aca6794f1948d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rubine des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>