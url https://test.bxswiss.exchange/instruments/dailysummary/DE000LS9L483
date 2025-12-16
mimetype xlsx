--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6a2765365b4a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2812f281d9c74825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515252db182e4f74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9671642abc24c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81114c8596b4bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515252db182e4f74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcf1810db25b4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9671642abc24c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,594</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>