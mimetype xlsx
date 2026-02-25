--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2812f281d9c74825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf942c2e6c647fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9671642abc24c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7580f3c200904664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcf1810db25b4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9671642abc24c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b2cfd2f3494c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7580f3c200904664" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>104,175</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>104,844</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>