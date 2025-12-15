--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39934ac3abcb4b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc362865a87d0410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0822c41436dc4cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef5964313534bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re755ad6ebcc54553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0822c41436dc4cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9dd1783d376443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef5964313534bf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>146,493</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,064</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>144,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>