--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc362865a87d0410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0e9e92f3dd49b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef5964313534bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb81d5c96b1b4ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9dd1783d376443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef5964313534bf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9a8e3c8c544331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb81d5c96b1b4ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>149,051</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,558</x:t>
-[...161 lines deleted...]
-          <x:t>146,354</x:t>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>