--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204eb3154aa54cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648d3dc341d34f4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2992757c120408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9336d788f8444c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66f7850589b04662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2992757c120408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3defbb0dc7c453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9336d788f8444c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,326</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>