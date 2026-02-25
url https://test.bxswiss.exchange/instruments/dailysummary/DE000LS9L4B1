--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648d3dc341d34f4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3011bfb0c2874829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9336d788f8444c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96ba23231034d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3defbb0dc7c453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9336d788f8444c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647c63b26b4d4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96ba23231034d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>