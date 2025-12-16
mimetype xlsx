--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7daed46680405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7422e146211b4ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9051a8e8d544e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e2a29fa7164bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1387a03aa9634504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9051a8e8d544e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e87e3103e3f47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e2a29fa7164bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn the value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,095</x:t>
-[...603 lines deleted...]
-          <x:t>85,651</x:t>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>