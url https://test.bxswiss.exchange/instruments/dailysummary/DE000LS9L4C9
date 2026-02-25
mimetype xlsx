--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7422e146211b4ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d03405d8c749aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e2a29fa7164bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeebfb32493c459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e87e3103e3f47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e2a29fa7164bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0744558eee394fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeebfb32493c459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn the value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>