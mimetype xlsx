--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb1a1b5fc0184482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50dd9681bc648a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41477e992ee14e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R516500a89a684d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27deffe8b99434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41477e992ee14e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8408831266e4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R516500a89a684d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Leadership Reputation EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>159,518</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>156,663</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>